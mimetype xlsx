--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>zona di alimentazione di sorgenti di acqua potabile · tipo di bosco (3 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Trinkwassereinzugsgebiet · Waldtyp (3 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>tipo di bosco (3 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Trinkwassereinzugsgebiet</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
-[...14 lines deleted...]
-    <t>all'interno della zona di alimentazione</t>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>nicht im Einzugsgebiet</t>
+  </si>
+  <si>
+    <t>im Einzugsgebiet</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1337594/519350</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
+      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Ubicazione all'interno o all'esterno di una zona di alimentazione di una sorgente, la cui acqua viene immessa direttamente e non filtrata nella rete di distribuzione dell'acqua potabile o viene utilizzata almeno temporaneamente o parzialmente come acqua potabile dagli esseri umani. Fonte: inchiesta presso il servizio forestale (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2984,51 +2984,51 @@
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1337594/519350</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3044,226 +3044,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zona di alimentazione di sorgenti di acqua potabile</t>
+            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>