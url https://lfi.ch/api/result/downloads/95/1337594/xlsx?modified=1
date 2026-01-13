--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Trinkwassereinzugsgebiet · Waldtyp (3 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>drinking-water catchment area · forest type (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Waldtyp (3 Klassen)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>drinking-water catchment area</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zugänglicher Wald ohne Gebüschwald</t>
-[...14 lines deleted...]
-    <t>im Einzugsgebiet</t>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>outside catchment area</t>
+  </si>
+  <si>
+    <t>inside catchment area</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1337594/519350</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
+      <t xml:space="preserve">drinking-water catchment area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2984,51 +2984,51 @@
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1337594/519350</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3044,226 +3044,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
+            <t xml:space="preserve">drinking-water catchment area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>