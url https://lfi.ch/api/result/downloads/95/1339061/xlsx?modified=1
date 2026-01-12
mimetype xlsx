--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi) · dimensione dell'unità di gestione</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>ownership (2 categories) · size of management unit</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>dimensione dell'unità di gestione</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
+  </si>
+  <si>
+    <t>size of management unit</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>≤3 ha</t>
   </si>
   <si>
     <t>4-10 ha</t>
   </si>
   <si>
     <t>11-30 ha</t>
   </si>
   <si>
     <t>31-100 ha</t>
   </si>
   <si>
     <t>101-300 ha</t>
   </si>
   <si>
     <t>301-1000 ha</t>
   </si>
   <si>
     <t>1001-3000 ha</t>
   </si>
   <si>
     <t>&gt;3000 ha</t>
   </si>
   <si>
-    <t>totale</t>
-[...5 lines deleted...]
-    <t>privata</t>
+    <t>total</t>
+  </si>
+  <si>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1339061/520817</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dimensione dell'unità di gestione</t>
+      <t xml:space="preserve">size of management unit</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #600</t>
     </r>
   </si>
   <si>
-    <t>Superficie forestale soggetta alla stessa gestione, suddivisa in otto classi. Più proprietari di bosco formano un'unità di gestione («azienda») se hanno unito le forze in modo duraturo per gestire i loro boschi (e non solo per un singolo intervento). Fonte: inchiesta presso il servizio forestale (MID 410: Grösse der Bewirtschaftungseinheit)</t>
+    <t>Forest area under the same management – in eight classes. Several forest owners form a management unit («enterprise») if they have joined forces to manage their forests permanently (and not just for one logging operation). Reference: Forest Service Survey (MID 410: Grösse der Bewirtschaftungseinheit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2863,270 +2863,270 @@
         <v>124.9</v>
       </c>
       <c r="N52" s="6">
         <v>3</v>
       </c>
       <c r="O52" s="6">
         <v>1049.5</v>
       </c>
       <c r="P52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1339061/520817</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dimensione dell'unità di gestione</t>
+            <t xml:space="preserve">size of management unit</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #600</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>