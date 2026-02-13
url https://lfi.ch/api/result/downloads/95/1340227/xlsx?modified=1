--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Holzproduktion</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de production de bois</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340227/521983</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+      <t xml:space="preserve">fonction de production de bois</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «production de bois» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>50.2</v>
       </c>
       <c r="AY16" s="6">
         <v>7</v>
       </c>
       <c r="AZ16" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340227/521983</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
+            <t xml:space="preserve">fonction de production de bois</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>