--- v0 (2025-10-01)
+++ v1 (2025-12-24)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'timber production'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di produzione di legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340251/522007</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'timber production'</t>
+      <t xml:space="preserve">funzione di produzione di legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'timber production' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>175.6</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1237.7</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340251/522007</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'timber production'</t>
+            <t xml:space="preserve">funzione di produzione di legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>