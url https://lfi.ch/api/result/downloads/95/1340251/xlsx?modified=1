--- v1 (2025-12-24)
+++ v2 (2026-02-13)
@@ -17,341 +17,341 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>funzione di produzione di legname</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de production de bois</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340251/522007</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di produzione di legname</t>
+      <t xml:space="preserve">fonction de production de bois</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «production de bois» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>175.6</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1237.7</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340251/522007</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di produzione di legname</t>
+            <t xml:space="preserve">fonction de production de bois</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>