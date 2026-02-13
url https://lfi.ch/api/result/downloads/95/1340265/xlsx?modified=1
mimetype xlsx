--- v0 (2025-10-01)
+++ v1 (2026-02-13)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'timber production'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de production de bois</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: forêt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...2 lines deleted...]
-    <t>yes</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1340265/522021</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'timber production'</t>
+      <t xml:space="preserve">fonction de production de bois</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'timber production' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «production de bois» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>50.2</v>
       </c>
       <c r="AY16" s="6">
         <v>7</v>
       </c>
       <c r="AZ16" s="6">
         <v>1327.1</v>
       </c>
       <c r="BA16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1340265/522021</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,86 +1919,86 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'timber production'</t>
+            <t xml:space="preserve">fonction de production de bois</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
@@ -2024,86 +2024,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>