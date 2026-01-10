--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stand relevant for regeneration</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>verjüngungsrelevanter Bestand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>young growth/thicket</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Verjüngung unter Schirm</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>kein verjüngungsrelevanter Bestand</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1341685/523441</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand relevant for regeneration</t>
+      <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #757</t>
     </r>
   </si>
   <si>
-    <t>Stand in which the existing regeneration is very important because it is most likely to form the future main stand. In NFI, this is understood to mean the development stage young growth/thicket, regeneration under shelterwood and selection-type high forest. Reference: Field Survey (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Bestände, in denen die vorhandene Verjüngung eine grosse Bedeutung hat, weil sie höchstwahrscheinlich den zukünftigen Hauptbestand bilden wird. Im LFI werden darunter die Entwicklungsstufe Jungwuchs/Dickung, die Verjüngung unter Schirm und der Waldtyp plenterartiger Hochwald verstanden. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe, MID 433: Waldbauliche Beurteilung, MID 267: Bestandesstruktur); Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1341685/523441</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand relevant for regeneration</t>
+            <t xml:space="preserve">verjüngungsrelevanter Bestand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>