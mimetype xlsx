--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>funzione di produzione di legname</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Holzproduktion</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1341908/523664</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di produzione di legname</t>
+      <t xml:space="preserve">Waldfunktion Holzproduktion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Holzproduktion» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1341908/523664</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di produzione di legname</t>
+            <t xml:space="preserve">Waldfunktion Holzproduktion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>