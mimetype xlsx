--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>site quality</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Standortgüte</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t xml:space="preserve">mässig </t>
+  </si>
+  <si>
+    <t>gut</t>
+  </si>
+  <si>
+    <t>sehr gut</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342246/524002</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">site quality</t>
+      <t xml:space="preserve">Standortgüte</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
+    <t>Produktionsfähigkeit des Standorts in vier Klassen aufgrund der Gesamtwuchsleistung (GWL) nach Keller (1978) in Kilogramm pro Hektar und Jahr. Gering: GWL bis 1500 kg/(ha×J), mässig: GWL 1501-3000 kg/(ha×J), gut: GWL 3001-4500 kg/(ha×J), sehr gut: GWL über 4500 kg/(ha×J).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342246/524002</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">site quality</t>
+            <t xml:space="preserve">Standortgüte</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>