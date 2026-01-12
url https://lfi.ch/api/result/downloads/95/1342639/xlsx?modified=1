--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Standortgüte</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>site quality</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">gering </t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342639/524395</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Standortgüte</t>
+      <t xml:space="preserve">site quality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Produktionsfähigkeit des Standorts in vier Klassen aufgrund der Gesamtwuchsleistung (GWL) nach Keller (1978) in Kilogramm pro Hektar und Jahr. Gering: GWL bis 1500 kg/(ha×J), mässig: GWL 1501-3000 kg/(ha×J), gut: GWL 3001-4500 kg/(ha×J), sehr gut: GWL über 4500 kg/(ha×J).</t>
+    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2165,51 +2165,51 @@
         <v>50.2</v>
       </c>
       <c r="AY18" s="6">
         <v>7</v>
       </c>
       <c r="AZ18" s="6">
         <v>1237.7</v>
       </c>
       <c r="BA18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342639/524395</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Standortgüte</t>
+            <t xml:space="preserve">site quality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>