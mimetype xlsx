--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest without shrub forest - shrub forest · site quality</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald · Standortgüte</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>site quality</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald</t>
+  </si>
+  <si>
+    <t>Standortgüte</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...17 lines deleted...]
-    <t>shrub forest</t>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t xml:space="preserve">mässig </t>
+  </si>
+  <si>
+    <t>gut</t>
+  </si>
+  <si>
+    <t>sehr gut</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342903/524659</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">site quality</t>
+      <t xml:space="preserve">Standortgüte</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
+    <t>Produktionsfähigkeit des Standorts in vier Klassen aufgrund der Gesamtwuchsleistung (GWL) nach Keller (1978) in Kilogramm pro Hektar und Jahr. Gering: GWL bis 1500 kg/(ha×J), mässig: GWL 1501-3000 kg/(ha×J), gut: GWL 3001-4500 kg/(ha×J), sehr gut: GWL über 4500 kg/(ha×J).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +774,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>168.9</v>
       </c>
       <c r="AD36" s="6">
         <v>2</v>
       </c>
       <c r="AE36" s="6">
         <v>1237.7</v>
       </c>
       <c r="AF36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342903/524659</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">site quality</t>
+            <t xml:space="preserve">Standortgüte</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>