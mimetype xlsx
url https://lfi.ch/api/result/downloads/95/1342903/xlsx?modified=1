--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · Standortgüte</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>forêt sans la forêt buissonnante, forêt buissonnante · fertilité de la station</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Standortgüte</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt sans la forêt buissonnante, forêt buissonnante</t>
+  </si>
+  <si>
+    <t>fertilité de la station</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">gering </t>
-[...17 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>faible</t>
+  </si>
+  <si>
+    <t>moyenne</t>
+  </si>
+  <si>
+    <t>bonne</t>
+  </si>
+  <si>
+    <t>très bonne</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forêt sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342903/524659</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">forêt sans la forêt buissonnante, forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Forêt répartie en deux classes (forêt sans la forêt buissonnante, forêt buissonnante). Source: relevé de terrain (MID 816) ou - si la forêt n'est pas accessible - interprétation des photos aériennes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Standortgüte</t>
+      <t xml:space="preserve">fertilité de la station</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Produktionsfähigkeit des Standorts in vier Klassen aufgrund der Gesamtwuchsleistung (GWL) nach Keller (1978) in Kilogramm pro Hektar und Jahr. Gering: GWL bis 1500 kg/(ha×J), mässig: GWL 1501-3000 kg/(ha×J), gut: GWL 3001-4500 kg/(ha×J), sehr gut: GWL über 4500 kg/(ha×J).</t>
+    <t>Capacité de production de la station, en quatre classes, sur la base de la production totale (PT) selon Keller (1978), en kilogrammes par hectare et par an. Faible: PT jusqu'à 1500 kg/ha/an, moyenne: PT 1501-3000 kg/ha/an, bonne: PT 3001-4500 kg/ha/an, très bonne: PT supérieur à 4500 kg/ha/an.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3371,51 +3371,51 @@
         <v>168.9</v>
       </c>
       <c r="AD36" s="6">
         <v>2</v>
       </c>
       <c r="AE36" s="6">
         <v>1237.7</v>
       </c>
       <c r="AF36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342903/524659</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -3431,226 +3431,226 @@
       <c r="V37" s="3"/>
       <c r="W37" s="3"/>
       <c r="X37" s="3"/>
       <c r="Y37" s="3"/>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="3"/>
       <c r="AC37" s="3"/>
       <c r="AD37" s="3"/>
       <c r="AE37" s="3"/>
       <c r="AF37" s="3"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:32" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">forêt sans la forêt buissonnante, forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:32" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Standortgüte</t>
+            <t xml:space="preserve">fertilité de la station</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:32" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:32" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:32" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:32" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>