--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco esclusi gli arbusteti, arbusteto · fertilità della stazione</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · site quality</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>fertilità della stazione</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>site quality</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>scarsa</t>
-[...17 lines deleted...]
-    <t>arbusteto</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342910/524666</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fertilità della stazione</t>
+      <t xml:space="preserve">site quality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Capacità produttiva della stazione in quattro classi in base alla produzione totale (PT) secondo Keller (1978) in chilogrammi per ettaro e anno. Scarsa: PT fino a 1500 kg/(ha×anno), media: PT 1501-3000 kg/(ha×anno), buona: PT 3001-4500 kg/(ha×anno), molto buona: PT sopra 4500 kg/(ha×anno)</t>
+    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2083,270 +2083,270 @@
         <v>175.6</v>
       </c>
       <c r="N36" s="6">
         <v>2</v>
       </c>
       <c r="O36" s="6">
         <v>1237.7</v>
       </c>
       <c r="P36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342910/524666</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fertilità della stazione</t>
+            <t xml:space="preserve">site quality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>