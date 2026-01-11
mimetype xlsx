--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest without shrub forest - shrub forest · forest function 'military'</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald · Waldfunktion Militär</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>forest function 'military'</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald, Gebüschwald</t>
+  </si>
+  <si>
+    <t>Waldfunktion Militär</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...11 lines deleted...]
-    <t>shrub forest</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342968/524724</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'military'</t>
+      <t xml:space="preserve">Waldfunktion Militär</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #468</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'military' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Militär» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2597,51 +2597,51 @@
         <v>100.0</v>
       </c>
       <c r="AD28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE28" s="6">
         <v>100.0</v>
       </c>
       <c r="AF28" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:32" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342968/524724</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -2657,226 +2657,226 @@
       <c r="V29" s="3"/>
       <c r="W29" s="3"/>
       <c r="X29" s="3"/>
       <c r="Y29" s="3"/>
       <c r="Z29" s="3"/>
       <c r="AA29" s="3"/>
       <c r="AB29" s="3"/>
       <c r="AC29" s="3"/>
       <c r="AD29" s="3"/>
       <c r="AE29" s="3"/>
       <c r="AF29" s="3"/>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:32" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'military'</t>
+            <t xml:space="preserve">Waldfunktion Militär</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #468</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:32" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:32" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>