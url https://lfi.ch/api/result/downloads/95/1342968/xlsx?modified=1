--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · Waldfunktion Militär</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>forêt sans la forêt buissonnante, forêt buissonnante · fonction d'usage militaire</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: forêt accessible</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Waldfunktion Militär</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt sans la forêt buissonnante, forêt buissonnante</t>
+  </si>
+  <si>
+    <t>fonction d'usage militaire</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...11 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forêt sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1342968/524724</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">forêt sans la forêt buissonnante, forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Forêt répartie en deux classes (forêt sans la forêt buissonnante, forêt buissonnante). Source: relevé de terrain (MID 816) ou - si la forêt n'est pas accessible - interprétation des photos aériennes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Militär</t>
+      <t xml:space="preserve">fonction d'usage militaire</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #468</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Militär» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «usage militaire» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">forêt accessible</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,52 +768,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2597,51 +2597,51 @@
         <v>100.0</v>
       </c>
       <c r="AD28" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE28" s="6">
         <v>100.0</v>
       </c>
       <c r="AF28" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:32" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1342968/524724</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -2657,226 +2657,226 @@
       <c r="V29" s="3"/>
       <c r="W29" s="3"/>
       <c r="X29" s="3"/>
       <c r="Y29" s="3"/>
       <c r="Z29" s="3"/>
       <c r="AA29" s="3"/>
       <c r="AB29" s="3"/>
       <c r="AC29" s="3"/>
       <c r="AD29" s="3"/>
       <c r="AE29" s="3"/>
       <c r="AF29" s="3"/>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">forêt sans la forêt buissonnante, forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:32" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Militär</t>
+            <t xml:space="preserve">fonction d'usage militaire</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #468</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:32" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:32" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">forêt accessible</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>