--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages</t>
+    <t>Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes) · cause of damage to trees (10 classes)</t>
+    <t>Höhenlage (200-m-Klassen) · Ursache von Baumschäden (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>production region</t>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
+    <t>Voralpen</t>
   </si>
   <si>
-    <t>Alps</t>
+    <t>Alpen</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes)</t>
+    <t>Höhenlage (200-m-Klassen)</t>
   </si>
   <si>
-    <t>cause of damage to trees (10 classes)</t>
+    <t>Ursache von Baumschäden (10 Klassen)</t>
   </si>
   <si>
-    <t>n/ha</t>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>kein sichtbarer Schaden</t>
   </si>
   <si>
-    <t>fire</t>
+    <t>Feuer</t>
   </si>
   <si>
-    <t>rockfall</t>
+    <t>Steinschlag</t>
   </si>
   <si>
-    <t>various</t>
+    <t>diverse</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>wood harvest</t>
+    <t>Holzernte</t>
   </si>
   <si>
-    <t>other human activity</t>
+    <t>andere menschliche Tätigkeit</t>
   </si>
   <si>
-    <t>weather</t>
+    <t>Witterung</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>liegende lebende Bäume</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>tote Bäume</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1345753/527510</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Anzahl lebende und tote Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) mit Schäden. Berücksichtigt werden nur die zwei wichtigsten Schäden an einem Baum. Da ein Baum mehrere Schäden aufweisen kann, kann er mehrmals zur Gesamtstammzahl mit den zwei wichtigsten Schäden beitragen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 200 m classes)</t>
+      <t xml:space="preserve">Höhenlage (200-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 200 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+      <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Ursache von Schäden an Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) in zehn Klassen. Acht dieser Klassen beziehen sich ausschliesslich auf die stehenden lebenden Bäume und Sträucher ab 12 cm BHD und je eine Klasse bilden die liegenden lebenden (grünen) Bäume und Sträucher und die toten Bäume und Sträucher ab 12 cm BHD. Grundlage: Feldaufnahme (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,63 +786,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -6005,268 +6005,268 @@
         <v>20</v>
       </c>
       <c r="L132" s="7" t="s">
         <v>20</v>
       </c>
       <c r="M132" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N132" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:14" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1345753/527510</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">Gesamtstammzahl mit den zwei wichtigsten Schäden</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 200 m classes)</t>
+            <t xml:space="preserve">Höhenlage (200-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+            <t xml:space="preserve">Ursache von Baumschäden (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:14" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:14" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:14" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:14" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>