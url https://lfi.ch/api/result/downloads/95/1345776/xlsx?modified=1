--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>numero totale di fusti con danni (due danni principali)</t>
+    <t>total number of stems with two most important forms of damages</t>
   </si>
   <si>
-    <t>quota (classi di 200 m) · causa dei danni agli alberi (10 classi)</t>
+    <t>altitude (in 200 m classes) · cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione di produzione</t>
+    <t>production region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Plateau</t>
   </si>
   <si>
-    <t>Prealpi</t>
+    <t>Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi</t>
+    <t>Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>quota (classi di 200 m)</t>
+    <t>altitude (in 200 m classes)</t>
   </si>
   <si>
-    <t>causa dei danni agli alberi (10 classi)</t>
+    <t>cause of damage to trees (10 classes)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun danno visibile</t>
+    <t>no visible damage</t>
   </si>
   <si>
-    <t>fuoco</t>
+    <t>fire</t>
   </si>
   <si>
-    <t>caduta massi</t>
+    <t>rockfall</t>
   </si>
   <si>
-    <t>diverse cause</t>
+    <t>various</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>raccolta del legname</t>
+    <t>wood harvest</t>
   </si>
   <si>
-    <t>altra attività umana</t>
+    <t>other human activity</t>
   </si>
   <si>
-    <t>intemperie</t>
+    <t>weather</t>
   </si>
   <si>
-    <t>alberi vivi a terra</t>
+    <t>lying living trees</t>
   </si>
   <si>
-    <t>alberi morti</t>
+    <t>dead trees</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1345776/527533</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
+      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
+    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 200 m)</t>
+      <t xml:space="preserve">altitude (in 200 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
+    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
+      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Causa dei danni agli alberi e agli arbusti a partire da un diametro di 12 cm a petto d'uomo (DPU), in dieci classi. Otto di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi a partire da 12 cm di DPU, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti a partire da 12 cm di DPU. Fonte: rilievo sul terreno (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,52 +786,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -6005,268 +6005,268 @@
         <v>20</v>
       </c>
       <c r="L132" s="7" t="s">
         <v>20</v>
       </c>
       <c r="M132" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N132" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:14" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1345776/527533</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
+            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:14" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 200 m)</t>
+            <t xml:space="preserve">altitude (in 200 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:14" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
+            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:14" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:14" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:14" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:14" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>