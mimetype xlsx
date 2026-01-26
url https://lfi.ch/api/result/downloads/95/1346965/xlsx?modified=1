--- v0 (2025-12-04)
+++ v1 (2026-01-26)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>diversità delle specie legnose</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: index</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: indice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>index</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>indice</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346965/528722</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diversity of woody species</t>
+      <t xml:space="preserve">diversità delle specie legnose</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Measure for the ecological assessment of forest stands, derived from the number of woody species with a diameter at breast height (dbh) ≥12 cm and the occurrence of woody species of special ecological significance (willows, birches, alders, native poplars, oaks, chestnut, cherry, wild fruit and Sorbus species) in the upper layer.</t>
+    <t>Indicatore ecologico per valutare i popolamenti forestali in funzione del numero di specie legnose di almeno 12 cm di diametro a petto d'uomo (DPU) e della presenza, nello strato superiore del popolamento, di specie legnose con particolare valore ecologico (salici, betulle, ontani, pioppi autoctoni, querce, castagni, ciliegi, alberi da frutto selvatici e sorbi).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,62 +724,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1369,233 +1369,233 @@
         <v>2.8</v>
       </c>
       <c r="K24" s="6">
         <v>3</v>
       </c>
       <c r="L24" s="6">
         <v>2.6</v>
       </c>
       <c r="M24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346965/528722</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diversity of woody species</t>
+            <t xml:space="preserve">diversità delle specie legnose</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>