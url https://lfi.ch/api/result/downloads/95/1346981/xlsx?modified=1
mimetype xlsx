--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,427 +14,427 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>total number of stems with two most important forms of damages</t>
+    <t>numero totale di fusti con danni (due danni principali)</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes) · cause of damage to trees (10 classes)</t>
+    <t>quota (classi di 200 m) · causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>biogeographical region</t>
+    <t>regione biogeografica</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Northern Alps</t>
+    <t>Versante nord delle Alpi</t>
   </si>
   <si>
-    <t>Western Central-Alps</t>
+    <t>Alpi centrali occidentali</t>
   </si>
   <si>
-    <t>Eastern Central-Alps</t>
+    <t>Alpi centrali orientali</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Versante sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>altitude (in 200 m classes)</t>
+    <t>quota (classi di 200 m)</t>
   </si>
   <si>
-    <t>cause of damage to trees (10 classes)</t>
+    <t>causa dei danni agli alberi (10 classi)</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
+    <t>nessun danno visibile</t>
   </si>
   <si>
-    <t>fire</t>
+    <t>fuoco</t>
   </si>
   <si>
-    <t>rockfall</t>
+    <t>caduta massi</t>
   </si>
   <si>
-    <t>various</t>
+    <t>diverse cause</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>wood harvest</t>
+    <t>raccolta del legname</t>
   </si>
   <si>
-    <t>other human activity</t>
+    <t>altra attività umana</t>
   </si>
   <si>
-    <t>weather</t>
+    <t>intemperie</t>
   </si>
   <si>
-    <t>lying living trees</t>
+    <t>alberi vivi a terra</t>
   </si>
   <si>
-    <t>dead trees</t>
+    <t>alberi morti</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1346981/528738</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+      <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #415</t>
     </r>
   </si>
   <si>
-    <t>Number of living and dead trees and shrubs (standing and lying) ≥12 cm diameter at breast heigth (dbh) with damage. Only the two most important forms of damage to a tree are recorded. Since a tree may be damaged in different ways, it may contribute more than once to the total number of stems with the two most important forms of damage.</t>
+    <t>Numero di fusti degli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU) con danni. Vengono considerati solamente i due danni principali di un albero. Visto che un albero può avere diversi danni, esso può contribuire più volte al numero totale di fusti danneggiati.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 200 m classes)</t>
+      <t xml:space="preserve">quota (classi di 200 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+      <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2666</t>
     </r>
   </si>
   <si>
-    <t>Cause of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) – in ten classes. Eight of these classes focus exclusively on standing living trees and shrubs with dbh ≥12 cm, while one class applies to lying living trees and shrubs with dbh ≥12 cm, and one to dead trees and shrubs with dbh ≥12 cm. Reference: Field Survey (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
+    <t>Causa dei danni agli alberi e agli arbusti a partire da un diametro di 12 cm a petto d'uomo (DPU), in dieci classi. Otto di queste classi riguardano esclusivamente gli alberi e gli arbusti vivi in piedi a partire da 12 cm di DPU, mentre una classe è formata dagli alberi e dagli arbusti vivi a terra e un'altra dagli alberi e dagli arbusti morti a partire da 12 cm di DPU. Fonte: rilievo sul terreno (MID 1029: Baumschadenursache, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6742,270 +6742,270 @@
         <v>21</v>
       </c>
       <c r="N132" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O132" s="7" t="s">
         <v>21</v>
       </c>
       <c r="P132" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1346981/528738</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
       <c r="O133" s="3"/>
       <c r="P133" s="3"/>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems with two most important forms of damages</t>
+            <t xml:space="preserve">numero totale di fusti con danni (due danni principali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #415</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 200 m classes)</t>
+            <t xml:space="preserve">quota (classi di 200 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage to trees (10 classes)</t>
+            <t xml:space="preserve">causa dei danni agli alberi (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2666</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>