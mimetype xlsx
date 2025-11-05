--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre de microhabitats sur les arbres vifs sur pied</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...26 lines deleted...]
-    <t>hyperinsubric (S)</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard supérieur (N)</t>
+  </si>
+  <si>
+    <t>montagnard inférieur (N)</t>
+  </si>
+  <si>
+    <t>montagnard inférieur/supérieur (S)</t>
+  </si>
+  <si>
+    <t>submontagnard (N)</t>
+  </si>
+  <si>
+    <t>collinéen avec hêtre (S)</t>
+  </si>
+  <si>
+    <t>collinéen</t>
+  </si>
+  <si>
+    <t>hyperinsubrique (S)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1347033/528790</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Nombre de microhabitats sur des arbres et arbustes vifs sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Sont considérés comme microhabitats: fructification de champignons, tronc recouvert à plus de 10% de mousses, de lichens ou de lierre, loge de pic, cavité peu profonde, large fente, poche d'écorce, bris récent, dendrotelme, chancre ou loupe, concavité racinaire, cavité profonde, bois exposé (d'une surface supérieure à la paume d'une main), cime sèche, coulée de résine, dégâts d'insectes (pied de tronc/tronc/tige), &gt;20% de branches sèches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>403</v>
       </c>
       <c r="AC24" s="6">
         <v>4</v>
       </c>
       <c r="AD24" s="6">
         <v>347</v>
       </c>
       <c r="AE24" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1347033/528790</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>