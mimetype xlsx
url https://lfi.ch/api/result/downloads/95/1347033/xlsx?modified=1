--- v1 (2025-11-05)
+++ v2 (2026-02-02)
@@ -17,389 +17,389 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>nombre de microhabitats sur les arbres vifs sur pied</t>
-[...2 lines deleted...]
-    <t>étages de végétation NaiS (10 classes)</t>
+    <t>numero di microhabitat sugli alberi vivi in piedi</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1347033/528790</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
+      <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Nombre de microhabitats sur des arbres et arbustes vifs sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Sont considérés comme microhabitats: fructification de champignons, tronc recouvert à plus de 10% de mousses, de lichens ou de lierre, loge de pic, cavité peu profonde, large fente, poche d'écorce, bris récent, dendrotelme, chancre ou loupe, concavité racinaire, cavité profonde, bois exposé (d'une surface supérieure à la paume d'une main), cime sèche, coulée de résine, dégâts d'insectes (pied de tronc/tronc/tige), &gt;20% de branches sèches.</t>
+    <t>Numero di microhabitat sugli alberi vivi in piedi di almeno 12 cm di diametro a petto d'uomo (DPU). Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>403</v>
       </c>
       <c r="AC24" s="6">
         <v>4</v>
       </c>
       <c r="AD24" s="6">
         <v>347</v>
       </c>
       <c r="AE24" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1347033/528790</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
+            <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>