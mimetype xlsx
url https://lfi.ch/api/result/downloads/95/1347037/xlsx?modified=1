--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre de microhabitats sur les arbres vifs sur pied</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...26 lines deleted...]
-    <t>hyperinsubric (S)</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard supérieur (N)</t>
+  </si>
+  <si>
+    <t>montagnard inférieur (N)</t>
+  </si>
+  <si>
+    <t>montagnard inférieur/supérieur (S)</t>
+  </si>
+  <si>
+    <t>submontagnard (N)</t>
+  </si>
+  <si>
+    <t>collinéen avec hêtre (S)</t>
+  </si>
+  <si>
+    <t>collinéen</t>
+  </si>
+  <si>
+    <t>hyperinsubrique (S)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1347037/528794</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Nombre de microhabitats sur des arbres et arbustes vifs sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Sont considérés comme microhabitats: fructification de champignons, tronc recouvert à plus de 10% de mousses, de lichens ou de lierre, loge de pic, cavité peu profonde, large fente, poche d'écorce, bris récent, dendrotelme, chancre ou loupe, concavité racinaire, cavité profonde, bois exposé (d'une surface supérieure à la paume d'une main), cime sèche, coulée de résine, dégâts d'insectes (pied de tronc/tronc/tige), &gt;20% de branches sèches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,51 +724,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1369,233 +1369,233 @@
         <v>403</v>
       </c>
       <c r="K24" s="6">
         <v>4</v>
       </c>
       <c r="L24" s="6">
         <v>347</v>
       </c>
       <c r="M24" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1347037/528794</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>