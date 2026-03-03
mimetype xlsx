--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>development stage</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
+  </si>
+  <si>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1347279/529036</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+      <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
+    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1347279/529036</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+            <t xml:space="preserve">Totholzvolumen (Derbholz ohne Asthaufen), liegend</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>