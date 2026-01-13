--- v0 (2026-01-11)
+++ v1 (2026-01-13)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · forest function 'game protection'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · funzione di protezione della selvaggina</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>forest function 'game protection'</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>funzione di protezione della selvaggina</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...11 lines deleted...]
-    <t>shrub forest</t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1351288/533045</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'game protection'</t>
+      <t xml:space="preserve">funzione di protezione della selvaggina</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #472</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'game protection' according to forest plans or an assessment by the local forest service. As a rule, the forest function 'game protection' includes seasonal grazing areas and game reserves. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della selvaggina» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione della selvaggina» comprende di regola le zone di ripristino della selvaggina e le zone di tranquillità per la selvaggina. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>187.6</v>
       </c>
       <c r="AD32" s="6">
         <v>2</v>
       </c>
       <c r="AE32" s="6">
         <v>1290.8</v>
       </c>
       <c r="AF32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1351288/533045</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'game protection'</t>
+            <t xml:space="preserve">funzione di protezione della selvaggina</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #472</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>