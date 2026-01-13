--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -17,409 +17,409 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>tipo di bosco (3 classi) · funzione di protezione della selvaggina</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>type de forêt (3 classes) · fonction de protection de la faune</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: forêt IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>funzione di protezione della selvaggina</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>type de forêt (3 classes)</t>
+  </si>
+  <si>
+    <t>fonction de protection de la faune</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...14 lines deleted...]
-    <t>arbusteti</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forêt accessible sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt inaccessible sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1351288/533045</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">type de forêt (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>En fonction de la décision pour délimiter la forêt et les surfaces hors forêt, ainsi que de l'accessibilité, répartition des forêts dans les trois classes «forêt accessible sans la forêt buissonnante», «forêt inaccessible sans la forêt buissonnante» et «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione della selvaggina</t>
+      <t xml:space="preserve">fonction de protection de la faune</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #472</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «protezione della selvaggina» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione della selvaggina» comprende di regola le zone di ripristino della selvaggina e le zone di tranquillità per la selvaggina. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «protection de la faune» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection de la faune» comprend généralement les sites de protection de la faune et les zones de tranquillité de la faune. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">forêt IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>187.6</v>
       </c>
       <c r="AD32" s="6">
         <v>2</v>
       </c>
       <c r="AE32" s="6">
         <v>1290.8</v>
       </c>
       <c r="AF32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1351288/533045</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">type de forêt (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione della selvaggina</t>
+            <t xml:space="preserve">fonction de protection de la faune</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #472</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">forêt IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>