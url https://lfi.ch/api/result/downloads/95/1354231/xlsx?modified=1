--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -14,415 +14,415 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · specie arborea principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022)</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...44 lines deleted...]
-    <t>all'esterno</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354231/535988</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3461,268 +3461,268 @@
         <v>30.2</v>
       </c>
       <c r="L72" s="6">
         <v>4</v>
       </c>
       <c r="M72" s="6">
         <v>31.1</v>
       </c>
       <c r="N72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354231/535988</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:14" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:14" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>