--- v0 (2025-10-01)
+++ v1 (2026-02-14)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest function 'windbreak'</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione frangivento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354264/536021</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'windbreak'</t>
+      <t xml:space="preserve">funzione di protezione frangivento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione frangivento» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione frangivento» comprende di regola boschi o strisce di bosco che proteggono zone agricole dal vento. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354264/536021</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'windbreak'</t>
+            <t xml:space="preserve">funzione di protezione frangivento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>