--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de protection contre le vent</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354269/536026</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">fonction de protection contre le vent</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «protection contre le vent» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection contre le vent» comprend généralement les forêts ou les bandes forestières qui protègent les terres agricoles du vent. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354269/536026</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">fonction de protection contre le vent</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>