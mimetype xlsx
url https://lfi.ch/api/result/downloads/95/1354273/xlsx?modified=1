--- v0 (2026-02-14)
+++ v1 (2026-02-14)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione frangivento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354273/536030</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">funzione di protezione frangivento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione frangivento» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione frangivento» comprende di regola boschi o strisce di bosco che proteggono zone agricole dal vento. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354273/536030</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">funzione di protezione frangivento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>