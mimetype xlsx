--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'windbreak'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354282/536038</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">forest function 'windbreak'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>100.0</v>
       </c>
       <c r="AY16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ16" s="6">
         <v>100.0</v>
       </c>
       <c r="BA16" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354282/536038</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">forest function 'windbreak'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>