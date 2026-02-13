--- v0 (2025-12-25)
+++ v1 (2026-02-13)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fonction de protection contre le vent</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'windbreak'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...11 lines deleted...]
-    <t>Suisse</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non</t>
-[...2 lines deleted...]
-    <t>oui</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354295/536052</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fonction de protection contre le vent</t>
+      <t xml:space="preserve">forest function 'windbreak'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Indication de la fonction «protection contre le vent» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection contre le vent» comprend généralement les forêts ou les bandes forestières qui protègent les terres agricoles du vent. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
+    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354295/536052</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fonction de protection contre le vent</t>
+            <t xml:space="preserve">forest function 'windbreak'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>