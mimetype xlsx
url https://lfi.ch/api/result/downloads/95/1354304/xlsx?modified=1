--- v0 (2025-12-25)
+++ v1 (2026-02-13)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest function 'windbreak'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354304/536060</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">forest function 'windbreak'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'windbreak' according to forest plans or an assessment by the local forest service. The forest function 'windbreak' generally includes the forests or forest strips that protect agricultural land against wind. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>152.5</v>
       </c>
       <c r="AC16" s="6">
         <v>2</v>
       </c>
       <c r="AD16" s="6">
         <v>1176.4</v>
       </c>
       <c r="AE16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354304/536060</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">forest function 'windbreak'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>