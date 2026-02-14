--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -17,341 +17,341 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface forestière</t>
-[...2 lines deleted...]
-    <t>fonction de protection contre le vent</t>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione frangivento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354305/536062</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fonction de protection contre le vent</t>
+      <t xml:space="preserve">funzione di protezione frangivento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Indication de la fonction «protection contre le vent» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection contre le vent» comprend généralement les forêts ou les bandes forestières qui protègent les terres agricoles du vent. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
+    <t>Presenza della funzione del bosco «protezione frangivento» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione frangivento» comprende di regola boschi o strisce di bosco che proteggono zone agricole dal vento. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>158.8</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1176.4</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354305/536062</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fonction de protection contre le vent</t>
+            <t xml:space="preserve">funzione di protezione frangivento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>