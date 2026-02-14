--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fonction de protection contre le vent</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldfunktion Windschutz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Suisse</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354320/536077</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fonction de protection contre le vent</t>
+      <t xml:space="preserve">Waldfunktion Windschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Indication de la fonction «protection contre le vent» selon la planification forestière ou l'évaluation experte par le service forestier local. La fonction «protection contre le vent» comprend généralement les forêts ou les bandes forestières qui protègent les terres agricoles du vent. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
+    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>179.8</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1270.3</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354320/536077</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fonction de protection contre le vent</t>
+            <t xml:space="preserve">Waldfunktion Windschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>