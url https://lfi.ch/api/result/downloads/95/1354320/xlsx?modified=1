--- v1 (2026-02-14)
+++ v2 (2026-02-14)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione frangivento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354320/536077</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">funzione di protezione frangivento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione frangivento» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione frangivento» comprende di regola boschi o strisce di bosco che proteggono zone agricole dal vento. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>179.8</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1270.3</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354320/536077</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">funzione di protezione frangivento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>