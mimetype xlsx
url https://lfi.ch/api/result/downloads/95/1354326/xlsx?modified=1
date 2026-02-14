--- v0 (2026-02-14)
+++ v1 (2026-02-14)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Windschutz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione di protezione frangivento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>no</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354326/536083</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Windschutz</t>
+      <t xml:space="preserve">funzione di protezione frangivento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #478</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Windschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Die Waldfunktion «Windschutz» umfasst dabei in der Regel die Wälder bzw. Waldstreifen, die Landwirtschaftsland vor Wind schützen. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione frangivento» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. La funzione del bosco «protezione frangivento» comprende di regola boschi o strisce di bosco che proteggono zone agricole dal vento. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>193.6</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1327.1</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354326/536083</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Windschutz</t>
+            <t xml:space="preserve">funzione di protezione frangivento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #478</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>