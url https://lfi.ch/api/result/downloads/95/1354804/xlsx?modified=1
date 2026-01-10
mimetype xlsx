--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · forest function 'recreation'</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen) · Waldfunktion Erholung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...5 lines deleted...]
-    <t>forest function 'recreation'</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Waldfunktion Erholung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...14 lines deleted...]
-    <t>shrub forest</t>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354804/536561</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'recreation'</t>
+      <t xml:space="preserve">Waldfunktion Erholung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #471</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'recreation' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorhandensein der Waldfunktion «Erholung» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +804,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -4493,51 +4493,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA32" s="6">
         <v>100.0</v>
       </c>
       <c r="BB32" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354804/536561</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4575,226 +4575,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'recreation'</t>
+            <t xml:space="preserve">Waldfunktion Erholung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #471</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>