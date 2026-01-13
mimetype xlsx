--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Waldfunktion Erholung</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>type de forêt (3 classes) · fonction de récréation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...5 lines deleted...]
-    <t>Waldfunktion Erholung</t>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>type de forêt (3 classes)</t>
+  </si>
+  <si>
+    <t>fonction de récréation</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nein</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forêt accessible sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt inaccessible sans la forêt buissonnante</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1354804/536561</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">type de forêt (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>En fonction de la décision pour délimiter la forêt et les surfaces hors forêt, ainsi que de l'accessibilité, répartition des forêts dans les trois classes «forêt accessible sans la forêt buissonnante», «forêt inaccessible sans la forêt buissonnante» et «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfunktion Erholung</t>
+      <t xml:space="preserve">fonction de récréation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #471</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Waldfunktion «Erholung» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «récréation» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +804,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -4493,51 +4493,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ32" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA32" s="6">
         <v>100.0</v>
       </c>
       <c r="BB32" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1354804/536561</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4575,226 +4575,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">type de forêt (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfunktion Erholung</t>
+            <t xml:space="preserve">fonction de récréation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #471</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>