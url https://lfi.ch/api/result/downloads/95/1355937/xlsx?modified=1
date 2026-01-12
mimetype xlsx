--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>restrizioni per il taglio di legname</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>restrictions on logging</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna restrizione</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>no restriction</t>
+  </si>
+  <si>
+    <t>railroad, cable car</t>
+  </si>
+  <si>
+    <t>motorway, main street</t>
+  </si>
+  <si>
+    <t xml:space="preserve">powerline, phoneline </t>
+  </si>
+  <si>
+    <t>settlement</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355937/537694</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">restrizioni per il taglio di legname</t>
+      <t xml:space="preserve">restrictions on logging</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #453</t>
     </r>
   </si>
   <si>
-    <t>Presenza di costruzioni ed impianti non forestali, come linee ferroviarie, strade principali, linee elettriche o insediamenti, che potenzialmente ostacolano l'abbattimento e l'allestimento degli alberi. Fonte: rilievo sul terreno (MID 207: Einschränkungen für die Holzhauerei)</t>
+    <t>Presence of non-forestry buildings and facilities, such as railway lines, main roads, power- and pipelines or residential areas, which potentially impede logging, i.e. tree felling and processing. Reference: Field Survey (MID 207: Einschränkungen für die Holzhauerei)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355937/537694</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">restrizioni per il taglio di legname</t>
+            <t xml:space="preserve">restrictions on logging</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #453</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>