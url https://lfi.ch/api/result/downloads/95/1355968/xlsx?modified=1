--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,427 +14,427 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>degree of mixture (terrestrial) · number of tree species in the upper layer</t>
+    <t>Mischungsgrad (terrestrisch) · Anzahl Baumarten in der Oberschicht</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>degree of mixture (terrestrial)</t>
+    <t>Mischungsgrad (terrestrisch)</t>
   </si>
   <si>
-    <t>number of tree species in the upper layer</t>
+    <t>Anzahl Baumarten in der Oberschicht</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6 or more</t>
+    <t>6 und mehr</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>pure conifer forest</t>
+    <t>Nadelwald rein</t>
   </si>
   <si>
-    <t>mixed conifer forest</t>
+    <t>Nadelwald gemischt</t>
   </si>
   <si>
-    <t>mixed broadleaf forest</t>
+    <t>Laubwald gemischt</t>
   </si>
   <si>
-    <t>pure broadleaf forest</t>
+    <t>Laubwald rein</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1355968/537725</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of tree species in the upper layer</t>
+      <t xml:space="preserve">Anzahl Baumarten in der Oberschicht</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1308</t>
     </r>
   </si>
   <si>
-    <t>Number of tree and shrub species in the upper stand layer – in six classes. The information refers to the relevant stand on the interpretation area (50 × 50 m) and only takes into account species with a cover ≥5%. Reference: Field Survey (MID 242: Baumart in der Oberschicht)</t>
+    <t>Anzahl Baum- und Straucharten in der Bestandesoberschicht in sechs Klassen. Die Angabe bezieht sich auf den massgebenden Bestand auf der Interpretationsfläche (50 × 50 m) und berücksichtigt nur Arten mit einem Deckungsgrad von mindestens 5%. Grundlage: Feldaufnahme (MID 242: Baumart in der Oberschicht)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,52 +786,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5691,51 +5691,51 @@
         <v>100.0</v>
       </c>
       <c r="AD60" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE60" s="6">
         <v>100.0</v>
       </c>
       <c r="AF60" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1355968/537725</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
@@ -5751,226 +5751,226 @@
       <c r="V61" s="3"/>
       <c r="W61" s="3"/>
       <c r="X61" s="3"/>
       <c r="Y61" s="3"/>
       <c r="Z61" s="3"/>
       <c r="AA61" s="3"/>
       <c r="AB61" s="3"/>
       <c r="AC61" s="3"/>
       <c r="AD61" s="3"/>
       <c r="AE61" s="3"/>
       <c r="AF61" s="3"/>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:32" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:32" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:32">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of tree species in the upper layer</t>
+            <t xml:space="preserve">Anzahl Baumarten in der Oberschicht</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1308</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:32" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="73" spans="1:32">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:32" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>