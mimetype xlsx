--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>number of stems</t>
+    <t>Stammzahl</t>
   </si>
   <si>
-    <t>development stage · main tree species</t>
+    <t>Entwicklungsstufe · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,329 +172,329 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>development stage</t>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
+    <t>Jungwuchs/Dickung</t>
   </si>
   <si>
-    <t>pole timber</t>
+    <t>Stangenholz</t>
   </si>
   <si>
-    <t>young timber</t>
+    <t>schwaches Baumholz</t>
   </si>
   <si>
-    <t>medium timber</t>
+    <t>mittleres Baumholz</t>
   </si>
   <si>
-    <t>old timber</t>
+    <t>starkes Baumholz</t>
   </si>
   <si>
-    <t>mixed</t>
+    <t>gemischt</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356437/538194</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -846,52 +846,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -20741,51 +20741,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ132" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA132" s="6">
         <v>100.0</v>
       </c>
       <c r="BB132" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:54" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356437/538194</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -20823,226 +20823,226 @@
       <c r="AR133" s="3"/>
       <c r="AS133" s="3"/>
       <c r="AT133" s="3"/>
       <c r="AU133" s="3"/>
       <c r="AV133" s="3"/>
       <c r="AW133" s="3"/>
       <c r="AX133" s="3"/>
       <c r="AY133" s="3"/>
       <c r="AZ133" s="3"/>
       <c r="BA133" s="3"/>
       <c r="BB133" s="3"/>
     </row>
     <row r="136" spans="1:54">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:54" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="139" spans="1:54">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:54" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="142" spans="1:54">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:54" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="145" spans="1:54">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:54" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="148" spans="1:54">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:54" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="151" spans="1:54">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:54" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>