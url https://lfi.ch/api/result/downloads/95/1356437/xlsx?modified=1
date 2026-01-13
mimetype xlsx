--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Stammzahl</t>
+    <t>nombre de tiges</t>
   </si>
   <si>
-    <t>Entwicklungsstufe · Hauptbaumart</t>
+    <t>stade de développement · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,329 +172,329 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>Entwicklungsstufe</t>
+    <t>stade de développement</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>essence principale</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>épicéa</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>sapin</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pin</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>mélèze</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>arole</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>autres résineux</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>hêtre</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>érable</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frêne</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>chêne</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>châtaignier</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>autres feuillus</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>indéterminable</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>Jungwuchs/Dickung</t>
+    <t>recrû/fourré</t>
   </si>
   <si>
-    <t>Stangenholz</t>
+    <t>perchis</t>
   </si>
   <si>
-    <t>schwaches Baumholz</t>
+    <t>jeune futaie</t>
   </si>
   <si>
-    <t>mittleres Baumholz</t>
+    <t>futaie moyenne</t>
   </si>
   <si>
-    <t>starkes Baumholz</t>
+    <t>vieille futaie</t>
   </si>
   <si>
-    <t>gemischt</t>
+    <t>mélangé</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356437/538194</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">nombre de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Entwicklungsstufe</t>
+      <t xml:space="preserve">stade de développement</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
+    <t>Étape dans l’évolution du peuplement, définie d’après le diamètre à hauteur de poitrine dominant (DHPdom = DHP des 100 plus gros arbres par hectare). Recrû/fourré: DHPdom &lt;12 cm, perchis: DHPdom 12-30 cm, jeune futaie: DHPdom 31-40 cm, futaie moyenne DHPdom 41-50 cm, vieille futaie: DHP &gt; 50 cm, mélangé: arbres à différents stades de développement, absence de stade de développement dominant, ou groupes à différents stades de développement de moins de 5 ares. Source: relevé de terrain (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -846,52 +846,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -20741,51 +20741,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ132" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA132" s="6">
         <v>100.0</v>
       </c>
       <c r="BB132" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:54" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356437/538194</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -20823,226 +20823,226 @@
       <c r="AR133" s="3"/>
       <c r="AS133" s="3"/>
       <c r="AT133" s="3"/>
       <c r="AU133" s="3"/>
       <c r="AV133" s="3"/>
       <c r="AW133" s="3"/>
       <c r="AX133" s="3"/>
       <c r="AY133" s="3"/>
       <c r="AZ133" s="3"/>
       <c r="BA133" s="3"/>
       <c r="BB133" s="3"/>
     </row>
     <row r="136" spans="1:54">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">nombre de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:54" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="139" spans="1:54">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Entwicklungsstufe</t>
+            <t xml:space="preserve">stade de développement</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:54" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="142" spans="1:54">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:54" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="145" spans="1:54">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:54" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="148" spans="1:54">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:54" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="151" spans="1:54">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:54" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>