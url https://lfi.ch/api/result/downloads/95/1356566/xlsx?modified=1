--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>number of stems</t>
+    <t>Stammzahl</t>
   </si>
   <si>
-    <t>development stage · main tree species</t>
+    <t>Entwicklungsstufe · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>protection forest region</t>
+    <t>Schutzwaldregion</t>
   </si>
   <si>
-    <t>Jura + Plateau</t>
+    <t>Jura + Mittelland</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nordalpen West</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nordalpen Ost</t>
   </si>
   <si>
-    <t xml:space="preserve">Southwestern Alps </t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>development stage</t>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
+    <t>Jungwuchs/Dickung</t>
   </si>
   <si>
-    <t>pole timber</t>
+    <t>Stangenholz</t>
   </si>
   <si>
-    <t>young timber</t>
+    <t>schwaches Baumholz</t>
   </si>
   <si>
-    <t>medium timber</t>
+    <t>mittleres Baumholz</t>
   </si>
   <si>
-    <t>old timber</t>
+    <t>starkes Baumholz</t>
   </si>
   <si>
-    <t>mixed</t>
+    <t>gemischt</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356566/538323</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6738,270 +6738,270 @@
         <v>100.0</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O132" s="6">
         <v>100.0</v>
       </c>
       <c r="P132" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356566/538323</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
       <c r="O133" s="3"/>
       <c r="P133" s="3"/>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>