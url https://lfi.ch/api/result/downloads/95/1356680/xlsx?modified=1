--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>IFN1</t>
+  </si>
+  <si>
+    <t>nombre de tiges de bois mort IFN1</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: réseau 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>Zustand 1983/85</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>état 1983/85</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,276 +172,276 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356680/538437</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl LFI1</t>
+      <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #248</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP) selon la méthode de l'IFN1. Dans l'IFN1, seuls ont été enregistrés les arbres morts dont le bois était encore utilisable. En outre, les arbres verts à terre ont également été comptés comme bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">réseau 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -793,102 +793,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3641,51 +3641,51 @@
         <v>10</v>
       </c>
       <c r="AY27" s="6">
         <v>18</v>
       </c>
       <c r="AZ27" s="6">
         <v>16</v>
       </c>
       <c r="BA27" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356680/538437</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -3723,191 +3723,191 @@
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="3"/>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl LFI1</t>
+            <t xml:space="preserve">nombre de tiges de bois mort IFN1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #248</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="43" spans="1:53">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">réseau 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:53" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>