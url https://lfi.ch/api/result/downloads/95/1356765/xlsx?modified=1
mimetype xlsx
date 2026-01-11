--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>number of stems</t>
+    <t>Stammzahl</t>
   </si>
   <si>
-    <t>development stage · main tree species</t>
+    <t>Entwicklungsstufe · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>biogeographical region</t>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Northern Alps</t>
+    <t>Alpennordflanke</t>
   </si>
   <si>
-    <t>Western Central-Alps</t>
+    <t>Westliche Zentralalpen</t>
   </si>
   <si>
-    <t>Eastern Central-Alps</t>
+    <t>Östliche Zentralalpen</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdflanke</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>development stage</t>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
-    <t>n/ha</t>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
+    <t>Jungwuchs/Dickung</t>
   </si>
   <si>
-    <t>pole timber</t>
+    <t>Stangenholz</t>
   </si>
   <si>
-    <t>young timber</t>
+    <t>schwaches Baumholz</t>
   </si>
   <si>
-    <t>medium timber</t>
+    <t>mittleres Baumholz</t>
   </si>
   <si>
-    <t>old timber</t>
+    <t>starkes Baumholz</t>
   </si>
   <si>
-    <t>mixed</t>
+    <t>gemischt</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356765/538522</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">Stammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,65 +789,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -6738,270 +6738,270 @@
         <v>446</v>
       </c>
       <c r="N132" s="6">
         <v>4</v>
       </c>
       <c r="O132" s="6">
         <v>400</v>
       </c>
       <c r="P132" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356765/538522</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
       <c r="O133" s="3"/>
       <c r="P133" s="3"/>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">Stammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>