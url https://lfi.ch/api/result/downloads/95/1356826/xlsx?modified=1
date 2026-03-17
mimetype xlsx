--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Schaftholz) LFI1</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1356826/538583</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of deadwood (stemwood) NFI1</t>
+      <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #249</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
+    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>130</v>
       </c>
       <c r="AY16" s="6">
         <v>25</v>
       </c>
       <c r="AZ16" s="6">
         <v>5578</v>
       </c>
       <c r="BA16" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1356826/538583</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of deadwood (stemwood) NFI1</t>
+            <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #249</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>