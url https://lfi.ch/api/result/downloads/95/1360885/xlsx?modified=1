--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zugänglicher Wald ohne Gebüschwald</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1360885/542643</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1360885/542643</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>