--- v0 (2025-11-29)
+++ v1 (2026-03-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>type of shrub forest (aerial photo)</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Gebüschwaldfläche</t>
+  </si>
+  <si>
+    <t>Gebüschwaldtyp (Luftbild)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: shrub forest</t>
+      <t xml:space="preserve">: Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pure shrub forest</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>reiner Gebüschwald</t>
+  </si>
+  <si>
+    <t>Gebüschwald mit Bäumen</t>
+  </si>
+  <si>
+    <t>kein Gebüschwald</t>
+  </si>
+  <si>
+    <t>nicht interpretierbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1361671/543429</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of shrub forest</t>
+      <t xml:space="preserve">Gebüschwaldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #123</t>
     </r>
   </si>
   <si>
-    <t>All areas classified as shrub forest according to the NFI forest definition.</t>
+    <t>Gesamtheit aller Flächen, die gemäss der Walddefinition des LFI als Gebüschwald gelten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+      <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #505</t>
     </r>
   </si>
   <si>
-    <t>Type of shrub forest, i.e. «pure shrub forest» or «shrub forest with trees» according to the interpretation of aerial photos. Reference: Aerial photo interpretation</t>
+    <t>Art des Gebüschwalds mit den Formen «reiner Gebüschwald» und «Gebüschwald mit Bäumen» gemäss Luftbildinterpretation. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">shrub forest</t>
+      <t xml:space="preserve">Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #828</t>
     </r>
   </si>
   <si>
-    <t>Forest that is more than two-thirds covered with shrubs. Shrub forests include Alpine alder and pine forests in particular, but also hazel forests and similar stands. Reference: Field Survey (MID 576: Deckungsgrad Sträucher), and sometimes also aerial photo interpretation</t>
+    <t>Wald, der zu mehr als zwei Dritteln mit Sträuchern bedeckt ist. Als Gebüschwald gelten insbesondere die Alpenerlen- und die Legföhrenwälder, aber auch Haselwälder und ähnliche Bestockungen. Grundlage: Feldaufnahme (MID 576: Deckungsgrad Sträucher), manchmal auch Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -766,51 +766,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2165,51 +2165,51 @@
         <v>38</v>
       </c>
       <c r="AY18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ18" s="6">
         <v>100.0</v>
       </c>
       <c r="BA18" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1361671/543429</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2247,191 +2247,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of shrub forest</t>
+            <t xml:space="preserve">Gebüschwaldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #123</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of shrub forest (aerial photo)</t>
+            <t xml:space="preserve">Gebüschwaldtyp (Luftbild)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #505</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">shrub forest</t>
+            <t xml:space="preserve">Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #828</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>