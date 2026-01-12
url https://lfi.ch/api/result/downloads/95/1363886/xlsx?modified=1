--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · dominant age</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes) · âge dominant</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...14 lines deleted...]
-    <t>dominant age</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes)</t>
+  </si>
+  <si>
+    <t>âge dominant</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=40 years</t>
-[...11 lines deleted...]
-    <t>&gt;160 years</t>
+    <t>=40 ans</t>
+  </si>
+  <si>
+    <t>41-80 ans</t>
+  </si>
+  <si>
+    <t>81-120 ans</t>
+  </si>
+  <si>
+    <t>121-160 ans</t>
+  </si>
+  <si>
+    <t>&gt;160 ans</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...14 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard inférieur et supérieur</t>
+  </si>
+  <si>
+    <t>submontagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique et collinéen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1363886/545644</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominant age</t>
+      <t xml:space="preserve">âge dominant</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2325</t>
     </r>
   </si>
   <si>
-    <t>Mean age of the 100 largest standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in five classes. Reference: Field Survey (MID 826: Baumalter)</t>
+    <t>Âge moyen par hectare des 100 plus gros arbres et arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP), en cinq classes. Source: relevé de terrain (MID 826: Baumalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -765,52 +765,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3292,268 +3292,268 @@
         <v>152.5</v>
       </c>
       <c r="L68" s="7">
         <v>2</v>
       </c>
       <c r="M68" s="7">
         <v>1176.4</v>
       </c>
       <c r="N68" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1363886/545644</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominant age</t>
+            <t xml:space="preserve">âge dominant</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2325</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>