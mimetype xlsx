--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>type of assortment · tree species (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume du bois fort de tige (UCB 2010)</t>
+  </si>
+  <si>
+    <t>assortiment · essence (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...14 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>assortiment</t>
+  </si>
+  <si>
+    <t>essence (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...14 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>coniferous wood</t>
-[...11 lines deleted...]
-    <t>broadleaf roundwood</t>
+    <t>bois résineux</t>
+  </si>
+  <si>
+    <t>bois court résineux</t>
+  </si>
+  <si>
+    <t>bois mi-long résineux</t>
+  </si>
+  <si>
+    <t>bois long résineux</t>
+  </si>
+  <si>
+    <t>bois rond feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364238/545996</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+      <t xml:space="preserve">volume du bois fort de tige (UCB 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #211</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark or stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm, based on the stem-form functions according to Kaufmann (2001). The definition of the assortments is based on the 2010 edition of the Swiss trading customs for raw timber (HG 2010).</t>
+    <t>Volume de bois de tige sans écorce ni souche d'au moins 7 cm de diamètre (limite du bois fort) de tous les arbres et arbustes d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), déterminé au moyen des fonctions de volume de tige selon Kaufmann (2001). Les assortiments ont été définis selon l'édition de 2010 des Usages suisses du commerce du bois brut (UCB).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of assortment</t>
+      <t xml:space="preserve">assortiment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2221</t>
     </r>
   </si>
   <si>
-    <t>Sorting of roundwood into five length classes (4 for conifers, 1 for broadleaves) on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Reference: Forest Service Survey (MID 2020: Längensortierung des Nadelrundholzes)</t>
+    <t>Tri des longueurs de bois ronds en cinq classes de longueur (4 pour les résineux et 1 pour les feuillus) selon les Usages suisses du commerce du bois brut, éditions de 2010 et 2021 (USC 2010). Source: enquête auprès des services forestiers (MID 2020: Classement des bois ronds résineux d'après les classes de longueur)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">essence (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3287,268 +3287,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364238/545996</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+            <t xml:space="preserve">volume du bois fort de tige (UCB 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #211</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of assortment</t>
+            <t xml:space="preserve">assortiment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2221</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">essence (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>