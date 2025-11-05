--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2009/17</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364534/546292</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>31.5</v>
       </c>
       <c r="K17" s="6">
         <v>3</v>
       </c>
       <c r="L17" s="6">
         <v>32.6</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364534/546292</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>