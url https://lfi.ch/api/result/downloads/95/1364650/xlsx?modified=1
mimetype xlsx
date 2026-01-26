--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (17 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>tipo di bosco (17 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...50 lines deleted...]
-    <t>Total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>superficie forestale temporaneamente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>novelleto/spessina</t>
+  </si>
+  <si>
+    <t>perticaia</t>
+  </si>
+  <si>
+    <t>fustaia giovane</t>
+  </si>
+  <si>
+    <t>fustaia adulta</t>
+  </si>
+  <si>
+    <t>fustaia matura</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1364650/546408</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (17 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 17 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 12 classi, il tipo di bosco in 17 classi mostra ogni stadio di sviluppo (da novelleto a fustaia) come classe individuale. Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1808,235 +1808,235 @@
         <v>30.2</v>
       </c>
       <c r="M31" s="6">
         <v>4</v>
       </c>
       <c r="N31" s="6">
         <v>31.1</v>
       </c>
       <c r="O31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1364650/546408</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (17 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>