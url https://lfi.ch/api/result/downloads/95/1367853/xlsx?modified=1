--- v0 (2025-10-01)
+++ v1 (2026-01-09)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>indicator of groundwater protection zones (2022)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Indikator Grundwasserschutzzone (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no groundwater protection zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>keine Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1367853/549612</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+      <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Located in/outside a groundwater protection zone. The cantons demarcate groundwater protection zones around groundwater wells and groundwater recharging facilities to protect drinking water where this is in the public interest. The indicator variable combines the various protection zone categories in force since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) into one class. Data status: 8 July 2022 (download from geodienste.ch).</t>
+    <t>Lage innerhalb/ausserhalb einer Grundwasserschutzzone. Die Grundwasserschutzzonen werden von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden und dienen dem Schutz des Trinkwassers. Die Indikatorvariable fasst die verschiedenen seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) zu einer Klasse zusammen. Stand der Daten: 8.7.2022 (Download von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1367853/549612</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+            <t xml:space="preserve">Indikator Grundwasserschutzzone (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>