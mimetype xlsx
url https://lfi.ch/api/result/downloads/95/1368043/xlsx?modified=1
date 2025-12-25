--- v0 (2025-10-01)
+++ v1 (2025-12-25)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>indicator of groundwater protection zones (2022)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>indicatore di zone di protezione delle acque sotterranee (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no groundwater protection zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>non è zona di protezione delle acque sotterranee</t>
+  </si>
+  <si>
+    <t>zona di protezione delle acque sotterranee</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1368043/549802</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+      <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2638</t>
     </r>
   </si>
   <si>
-    <t>Located in/outside a groundwater protection zone. The cantons demarcate groundwater protection zones around groundwater wells and groundwater recharging facilities to protect drinking water where this is in the public interest. The indicator variable combines the various protection zone categories in force since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) into one class. Data status: 8 July 2022 (download from geodienste.ch).</t>
+    <t>Ubicazione all'interno/all'esterno di una zona di protezione delle acque sotterranee. Queste zone vengono designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch). Stato dei dati: 8.7.2022 (Download von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>158.8</v>
       </c>
       <c r="M16" s="6">
         <v>2</v>
       </c>
       <c r="N16" s="6">
         <v>1176.4</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1368043/549802</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">indicator of groundwater protection zones (2022)</t>
+            <t xml:space="preserve">indicatore di zone di protezione delle acque sotterranee (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2638</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>