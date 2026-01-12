--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,421 +14,421 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Wald ohne Gebüschwald, Gebüschwald · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...23 lines deleted...]
-    <t>Gebüschwald</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1370088/551848</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Art des Waldes in zwei Klassen (Wald ohne Gebüschwald, Gebüschwald). Grundlage: Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -780,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4145,51 +4145,51 @@
         <v>172.7</v>
       </c>
       <c r="AD44" s="6">
         <v>2</v>
       </c>
       <c r="AE44" s="6">
         <v>1270.3</v>
       </c>
       <c r="AF44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1370088/551848</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -4205,226 +4205,226 @@
       <c r="V45" s="3"/>
       <c r="W45" s="3"/>
       <c r="X45" s="3"/>
       <c r="Y45" s="3"/>
       <c r="Z45" s="3"/>
       <c r="AA45" s="3"/>
       <c r="AB45" s="3"/>
       <c r="AC45" s="3"/>
       <c r="AD45" s="3"/>
       <c r="AE45" s="3"/>
       <c r="AF45" s="3"/>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald ohne Gebüschwald, Gebüschwald</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:32" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:32" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>