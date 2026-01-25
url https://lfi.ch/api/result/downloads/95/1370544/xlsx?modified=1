--- v0 (2025-11-04)
+++ v1 (2026-01-25)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica totale</t>
+  </si>
+  <si>
+    <t>specie arborea (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1370544/552305</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtbasalfläche</t>
+      <t xml:space="preserve">area basimetrica totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD. Die Gesamtbasalfläche entspricht der Summe von Basalfläche und Totholzbasalfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">specie arborea (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>38.4</v>
       </c>
       <c r="K20" s="6">
         <v>4</v>
       </c>
       <c r="L20" s="6">
         <v>36.0</v>
       </c>
       <c r="M20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1370544/552305</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtbasalfläche</t>
+            <t xml:space="preserve">area basimetrica totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">specie arborea (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>