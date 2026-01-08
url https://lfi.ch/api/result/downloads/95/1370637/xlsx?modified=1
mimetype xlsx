--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total number of stems</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1370637/552398</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>100.0</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="6">
         <v>100.0</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1370637/552398</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>