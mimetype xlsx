--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest without shrub forest - shrub forest · aspect (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco esclusi gli arbusteti, arbusteto · esposizione (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>aspect (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco esclusi gli arbusteti, arbusteto</t>
+  </si>
+  <si>
+    <t>esposizione (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>indetermined</t>
+    <t>indeterminata</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>W</t>
-[...8 lines deleted...]
-    <t>shrub forest</t>
+    <t>O</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco senza arbusteto</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1378153/559915</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">aspect (5 classes)</t>
+      <t xml:space="preserve">esposizione (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1033</t>
     </r>
   </si>
   <si>
-    <t>Aspect, classified into the following five classes: North, East, South, West and indeterminate. «Indeterminate» means that the slope is ≤10%. Reference: Field Survey (MID 191: Azimut der Exposition)</t>
+    <t>Esposizione secondo le seguenti cinque classi: nord, est, sud, ovest e indeterminata. «Indeterminata» significa che la superficie ha una pendenza ≤10%. Fonte: rilievo sul terreno (MID 191: Azimut der Exposition)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1378153/559915</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
+            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">aspect (5 classes)</t>
+            <t xml:space="preserve">esposizione (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1033</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>